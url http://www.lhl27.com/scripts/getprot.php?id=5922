--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -141,57 +141,57 @@
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
+    <t>Гончаров Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Заболотный Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Шалухин Бориc</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ресурс»</t>
   </si>
   <si>
     <t>Зиновкин Дмитрий</t>
   </si>
   <si>
     <t>Маяков Дмитрий</t>
   </si>
   <si>
     <t>Турчин Василий</t>
   </si>
   <si>
     <t>Малышев Олег</t>
   </si>
@@ -1375,78 +1375,78 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>89</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>89</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>97</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
@@ -1742,51 +1742,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>37</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>