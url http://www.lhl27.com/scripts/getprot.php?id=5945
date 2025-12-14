--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -117,102 +117,102 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41:57</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>44:23</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Королев Александр</t>
+  </si>
+  <si>
+    <t>Якимов Виталий</t>
+  </si>
+  <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
+    <t>Ромашков Ярослав</t>
+  </si>
+  <si>
+    <t>Ершов Илья</t>
+  </si>
+  <si>
+    <t>Гущин Артем</t>
+  </si>
+  <si>
+    <t>Главный тренер</t>
+  </si>
+  <si>
+    <t>Подписи</t>
+  </si>
+  <si>
+    <t>Команда « Б » «Фины»</t>
+  </si>
+  <si>
+    <t>Акшонов Игорь</t>
+  </si>
+  <si>
+    <t>00:29</t>
+  </si>
+  <si>
+    <t>37:46</t>
+  </si>
+  <si>
+    <t>Ду Роман</t>
+  </si>
+  <si>
+    <t>02:26</t>
+  </si>
+  <si>
+    <t>Ободов Виталий</t>
+  </si>
+  <si>
+    <t>06:39</t>
+  </si>
+  <si>
+    <t>Шеметов Илья</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...49 lines deleted...]
-    <t>Шеметов Илья</t>
   </si>
   <si>
     <t>18:54</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>35:02</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>39:41</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>44:49</t>
   </si>
@@ -1105,206 +1105,206 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>30</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>81</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>82</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>89</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>90</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>93</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
@@ -1473,76 +1473,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1579,177 +1579,177 @@
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>8</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K30" s="7">
         <v>63</v>
       </c>
       <c r="L30" s="7">
         <v>88</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="O30" s="7">
         <v>77</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>24</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>23</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>8</v>
       </c>
       <c r="L31" s="7">
         <v>63</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>30</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K32" s="7">
         <v>63</v>
       </c>
       <c r="L32" s="7">
         <v>8</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>45</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K33" s="7">
         <v>63</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
@@ -2172,64 +2172,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>