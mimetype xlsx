--- v1 (2025-12-14)
+++ v2 (2026-02-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Хабаровские Медведи» Vs «Фины»</t>
   </si>
   <si>
     <t>2024-2025 1 ЛИГА</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 27.11.2024</t>
   </si>
   <si>
     <t>Начало 20.00</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 17/1 </t>
   </si>
   <si>
     <t>Команда « А » «Хабаровские Медведи»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -99,68 +99,68 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>08:22</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>41:57</t>
   </si>
   <si>
+    <t>Марачев Алексей</t>
+  </si>
+  <si>
+    <t>44:23</t>
+  </si>
+  <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Бояркин Владимир</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
-    <t>44:23</t>
-[...13 lines deleted...]
-  <si>
     <t>Королев Александр</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
@@ -211,53 +211,50 @@
     <t>39:41</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>44:49</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -977,179 +974,179 @@
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>13</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="6">
         <v>16</v>
       </c>
       <c r="L7" s="6">
         <v>55</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>81</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -2282,66 +2279,64 @@
       <c r="P55" s="20" t="s">
         <v>63</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>64</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>