--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -1959,51 +1959,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>30</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>35</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>