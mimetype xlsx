--- v1 (2025-12-14)
+++ v2 (2026-02-17)
@@ -108,57 +108,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>16:40</t>
   </si>
   <si>
     <t>42:20</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>28:00</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>30:50</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Богач Владислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
@@ -1046,105 +1046,105 @@
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K7" s="6">
         <v>47</v>
       </c>
       <c r="L7" s="6">
         <v>11</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">