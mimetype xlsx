--- v0 (2025-12-15)
+++ v1 (2026-02-15)
@@ -174,54 +174,54 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>07:20</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Андриевский Андрей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Марковкин Игорь</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1728,88 +1728,88 @@
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>