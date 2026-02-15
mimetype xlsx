--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -102,69 +102,69 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>01-45</t>
   </si>
   <si>
     <t>08-15</t>
   </si>
   <si>
     <t>Моложенко Владислав</t>
   </si>
   <si>
     <t>12-30</t>
   </si>
   <si>
     <t>37-26</t>
   </si>
   <si>
+    <t>Ильин Вячеслав</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>25-27</t>
+  </si>
+  <si>
+    <t>39-22</t>
+  </si>
+  <si>
     <t>Дутов Константин</t>
   </si>
   <si>
-    <t>25-27</t>
-[...2 lines deleted...]
-    <t>39-22</t>
+    <t>27-28</t>
   </si>
   <si>
     <t>Покидько Егор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>32-30</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>33-00</t>
   </si>
   <si>
     <t>Дробязко Владимир</t>
   </si>
   <si>
     <t>44-02</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Богомолов Алексей</t>
   </si>
@@ -1002,143 +1002,143 @@
         <v>15</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O6" s="6">
         <v>78</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>24</v>
       </c>
       <c r="L7" s="6">
         <v>52</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O7" s="6">
         <v>35</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>9</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K8" s="6">
         <v>78</v>
       </c>
       <c r="L8" s="6">
         <v>33</v>
       </c>
       <c r="M8" s="8">
         <v>52</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>88</v>
       </c>
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
@@ -1232,51 +1232,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>38</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>39</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1313,51 +1313,51 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>75</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>78</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
@@ -1367,51 +1367,51 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>87</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1879,51 +1879,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>74</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>77</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>