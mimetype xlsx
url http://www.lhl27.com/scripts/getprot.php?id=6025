--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -159,54 +159,54 @@
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
   </si>
   <si>
     <t>Лапаник Виталий</t>
   </si>
   <si>
     <t>Василовский Константин</t>
   </si>
   <si>
     <t>Хоменко Евгений</t>
   </si>
   <si>
     <t>Внуков Иван</t>
   </si>
   <si>
     <t>Молчанов Евгений</t>
   </si>
@@ -1498,85 +1498,85 @@
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>98</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>98</v>
       </c>
       <c r="B25" s="12" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
@@ -2223,51 +2223,51 @@
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>52</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7">
         <v>61</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>