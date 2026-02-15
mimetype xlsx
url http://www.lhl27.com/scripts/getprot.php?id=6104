--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -186,84 +186,84 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Смоляков Антон</t>
   </si>
   <si>
     <t>01:50</t>
   </si>
   <si>
     <t>18:50</t>
   </si>
   <si>
     <t>Моложенко Владислав</t>
   </si>
   <si>
     <t>22:35</t>
   </si>
   <si>
+    <t>Ильин Вячеслав</t>
+  </si>
+  <si>
+    <t>25:40</t>
+  </si>
+  <si>
     <t>Дутов Константин</t>
   </si>
   <si>
-    <t>25:40</t>
+    <t>26:30</t>
   </si>
   <si>
     <t>Покидько Егор</t>
   </si>
   <si>
-    <t>26:30</t>
+    <t>39:45</t>
   </si>
   <si>
     <t>Мотыль Владимир</t>
   </si>
   <si>
-    <t>39:45</t>
-[...1 lines deleted...]
-  <si>
     <t>Егорычев Павел</t>
   </si>
   <si>
     <t>Рыбин Марк</t>
   </si>
   <si>
-    <t>Ильин Вячеслав</t>
+    <t>Сапежников Алексей</t>
+  </si>
+  <si>
+    <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Кузнецов Лев</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Ерохин Алексей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Малыгин Евгений</t>
   </si>
   <si>
     <t>Кравец Данил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1765,301 +1765,301 @@
         <v>22</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O31" s="7">
         <v>87</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O32" s="7">
         <v>9</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="7">
         <v>19</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>2</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O34" s="7">
         <v>78</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>5</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>52</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>