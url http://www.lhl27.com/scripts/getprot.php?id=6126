--- v0 (2025-12-14)
+++ v1 (2026-02-17)
@@ -102,60 +102,60 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Абзалов Артур</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>37:00</t>
   </si>
   <si>
     <t>Гарбар Сергей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>16:55</t>
   </si>
   <si>
+    <t>Грушевский Иван</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>38:28</t>
+  </si>
+  <si>
     <t>Лакеев Дмитрий</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Шишков Михаил</t>
   </si>
   <si>
     <t>Грушков Дмитрий</t>
   </si>
   <si>
     <t>Ткаченко Роман</t>
   </si>
   <si>
     <t>Бердычевец Евгений</t>
   </si>
@@ -967,90 +967,90 @@
       <c r="L6" s="6">
         <v>3</v>
       </c>
       <c r="M6" s="8">
         <v>18</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>17</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6">
         <v>-1</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>92</v>
       </c>
       <c r="L7" s="6">
         <v>18</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>17</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>18</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
@@ -1087,78 +1087,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>44</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>91</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>92</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1168,51 +1168,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>97</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>98</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1655,51 +1655,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>18</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>32</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>