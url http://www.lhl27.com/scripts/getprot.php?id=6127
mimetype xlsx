--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -114,78 +114,78 @@
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29:00</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>38:30</t>
   </si>
   <si>
     <t>Сапежников Яромир</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Чжан-Цзы-Фа Максим</t>
+  </si>
+  <si>
+    <t>Лебедев Дмитрий</t>
+  </si>
+  <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
+    <t>Грициенко Ростислав</t>
+  </si>
+  <si>
+    <t>Гущин Артем</t>
+  </si>
+  <si>
+    <t>Главный тренер</t>
+  </si>
+  <si>
+    <t>Подписи</t>
+  </si>
+  <si>
+    <t>Команда « Б » «OWLS»</t>
+  </si>
+  <si>
+    <t>Куць Никита</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...25 lines deleted...]
-    <t>Куць Никита</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>20:00</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>16:30</t>
   </si>
   <si>
     <t>32:00</t>
   </si>
   <si>
     <t>Иванов Игорь</t>
   </si>
   <si>
     <t>41:00</t>
   </si>
   <si>
     <t>Боков Фадей</t>
   </si>
@@ -1043,179 +1043,179 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>30</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>47</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>63</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>92</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>93</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5"/>
       <c r="B15" s="12"/>
       <c r="C15" s="13"/>
@@ -1447,76 +1447,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1553,58 +1553,58 @@
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>42</v>
       </c>
       <c r="K30" s="7">
         <v>17</v>
       </c>
       <c r="L30" s="7">
         <v>45</v>
       </c>
       <c r="M30" s="7">
         <v>42</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="O30" s="7">
         <v>17</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -2146,64 +2146,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>