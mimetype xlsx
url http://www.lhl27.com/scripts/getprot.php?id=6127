--- v1 (2025-12-14)
+++ v2 (2026-02-17)
@@ -93,81 +93,81 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>29:00</t>
+  </si>
+  <si>
+    <t>Сапежников Яромир</t>
+  </si>
+  <si>
+    <t>38:30</t>
+  </si>
+  <si>
+    <t>Грициенко Ростислав</t>
+  </si>
+  <si>
+    <t>Бояркин Владимир</t>
+  </si>
+  <si>
+    <t>Чжан-Цзы-Фа Максим</t>
+  </si>
+  <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
+    <t>Лебедев Дмитрий</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
-  </si>
-[...28 lines deleted...]
-    <t>Грициенко Ростислав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «OWLS»</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>20:00</t>
   </si>
@@ -936,131 +936,131 @@
         <v>11</v>
       </c>
       <c r="L5" s="5">
         <v>93</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="6">
         <v>33</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>30</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O6" s="6">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O7" s="6">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>1</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>30</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
@@ -1087,105 +1087,105 @@
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">