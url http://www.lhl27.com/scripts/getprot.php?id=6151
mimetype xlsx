--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -141,57 +141,57 @@
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Дроздович Дмитрий</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ресурс»</t>
   </si>
   <si>
     <t>Большаков Дмитрий</t>
   </si>
   <si>
     <t>01-50</t>
   </si>
   <si>
     <t>24-10</t>
   </si>
   <si>
     <t>Никоноров Иван</t>
   </si>
   <si>
     <t>33-40</t>
   </si>
@@ -1351,78 +1351,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>98</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>98</v>
       </c>
       <c r="B21" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1613,51 +1613,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K30" s="7">
         <v>97</v>
       </c>
       <c r="L30" s="7">
         <v>24</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O30" s="7">
         <v>24</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>