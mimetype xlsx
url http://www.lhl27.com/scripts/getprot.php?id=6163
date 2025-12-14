--- v0 (2025-12-10)
+++ v1 (2025-12-14)
@@ -129,66 +129,66 @@
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>35-40</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>37-00</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Горожанкин Вадим</t>
   </si>
   <si>
+    <t>Цёмик Евгений</t>
+  </si>
+  <si>
     <t>Симуков Владислав</t>
   </si>
   <si>
-    <t>Цёмик Евгений</t>
-[...1 lines deleted...]
-  <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Мишустин Егор</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские леопарды 2»</t>
   </si>
   <si>
     <t>Резниченко Евгения</t>
   </si>
   <si>
     <t>04-40</t>
   </si>
@@ -1197,186 +1197,186 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>31</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>35</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>35</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>38</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>73</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -2062,51 +2062,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>98</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7"/>
       <c r="B45" s="12"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>