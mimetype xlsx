--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -135,54 +135,54 @@
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>37-00</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Горожанкин Вадим</t>
   </si>
   <si>
+    <t>Симуков Владислав</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Симуков Владислав</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Мишустин Егор</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские леопарды 2»</t>
   </si>
@@ -1251,78 +1251,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>35</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>35</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>38</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>