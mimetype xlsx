--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -123,54 +123,54 @@
   <si>
     <t>43-52</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>35-11</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Левин Константин</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
@@ -1022,51 +1022,51 @@
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>32</v>
       </c>
       <c r="L6" s="6">
         <v>27</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O6" s="6">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>7</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>9</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H7" s="6">
@@ -1153,78 +1153,78 @@
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">