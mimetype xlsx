--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -117,54 +117,54 @@
   <si>
     <t>Никулин Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>12-09</t>
   </si>
   <si>
     <t>07-33</t>
   </si>
   <si>
     <t>Кукуренчук Владислав</t>
   </si>
   <si>
     <t>33-29</t>
   </si>
   <si>
     <t>Гарбар Сергей</t>
   </si>
   <si>
     <t>34-32</t>
   </si>
   <si>
+    <t>Грушевский Иван</t>
+  </si>
+  <si>
     <t>Лакеев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грушевский Иван</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сухов Илья</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Соболев Максим</t>
   </si>
   <si>
     <t>Шишков Михаил</t>
   </si>
   <si>
     <t>Грушков Дмитрий</t>
   </si>
@@ -1100,78 +1100,78 @@
       </c>
       <c r="O8" s="6">
         <v>32</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>8</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>17</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>17</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>18</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>