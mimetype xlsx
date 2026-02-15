--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -222,54 +222,54 @@
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Быстренков Сергей</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>Иваничкин Сергей</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Королев Антон</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Фролов Андрей</t>
   </si>
   <si>
+    <t>Кугаевский Михаил</t>
+  </si>
+  <si>
     <t>Фролов Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кугаевский Михаил</t>
   </si>
   <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
     <t>Ляшенко Дмитрий</t>
   </si>
   <si>
     <t>Александров Владимир</t>
   </si>
   <si>
     <t>Буковский Николай</t>
   </si>
   <si>
     <t>Киселёв Алексей</t>
   </si>
   <si>
     <t>Глухов Игорь</t>
   </si>
   <si>
     <t>Швецов Дмитрий</t>
   </si>
   <si>
     <t>Мосунов Константин</t>
   </si>
@@ -2039,88 +2039,88 @@
       <c r="B41" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>34</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>37</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>