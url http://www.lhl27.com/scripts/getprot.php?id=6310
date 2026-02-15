--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -222,63 +222,63 @@
   <si>
     <t>Бессарабец Александр</t>
   </si>
   <si>
     <t>Быстренков Сергей</t>
   </si>
   <si>
     <t>Жуковец Данила</t>
   </si>
   <si>
     <t>Иваничкин Сергей</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Королев Антон</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Фролов Андрей</t>
   </si>
   <si>
+    <t>Фролов Дмитрий</t>
+  </si>
+  <si>
     <t>Кугаевский Михаил</t>
   </si>
   <si>
-    <t>Фролов Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
+    <t>Александров Владимир</t>
+  </si>
+  <si>
     <t>Ляшенко Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Александров Владимир</t>
   </si>
   <si>
     <t>Буковский Николай</t>
   </si>
   <si>
     <t>Киселёв Алексей</t>
   </si>
   <si>
     <t>Глухов Игорь</t>
   </si>
   <si>
     <t>Швецов Дмитрий</t>
   </si>
   <si>
     <t>Мосунов Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -2049,78 +2049,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>34</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>34</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>37</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
@@ -2130,78 +2130,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>44</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>44</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>50</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>