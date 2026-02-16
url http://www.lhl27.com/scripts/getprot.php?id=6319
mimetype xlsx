--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -210,63 +210,63 @@
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>28-35</t>
   </si>
   <si>
     <t>26-25</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>39-00</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Бондаренко Владимир</t>
   </si>
   <si>
+    <t>Сомов Сергей</t>
+  </si>
+  <si>
+    <t>Калашников Андрей</t>
+  </si>
+  <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...10 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Рекунов Николай</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Унтевский Кирилл</t>
   </si>
   <si>
     <t>Осипов Алексей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Гвоздев Михаил</t>
   </si>
@@ -1762,51 +1762,51 @@
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>45</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K31" s="7">
         <v>27</v>
       </c>
       <c r="L31" s="7">
         <v>97</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O31" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>3</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>9</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="7"/>
@@ -1889,159 +1889,159 @@
       <c r="B35" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">