--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -1148,51 +1148,51 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>31</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1830,51 +1830,51 @@
       <c r="B37" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">