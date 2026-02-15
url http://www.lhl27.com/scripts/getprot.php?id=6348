--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -144,57 +144,57 @@
   <si>
     <t>34-42</t>
   </si>
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Бастион»</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>16-57</t>
   </si>
   <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
     <t>33-55</t>
   </si>
@@ -1306,78 +1306,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>98</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1852,51 +1852,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>86</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>93</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>