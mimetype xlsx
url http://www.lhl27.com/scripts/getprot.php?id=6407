--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -132,57 +132,57 @@
   <si>
     <t>20-44</t>
   </si>
   <si>
     <t>Живновицкий Арсений</t>
   </si>
   <si>
     <t>23-26</t>
   </si>
   <si>
     <t>Крюков Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>28-26</t>
   </si>
   <si>
     <t>Федюнин Никита</t>
   </si>
   <si>
     <t>33-00</t>
   </si>
   <si>
+    <t>Бородин Тимур</t>
+  </si>
+  <si>
+    <t>33-54</t>
+  </si>
+  <si>
     <t>Бондарь Александр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Бородин Тимур</t>
   </si>
   <si>
     <t>37-13</t>
   </si>
   <si>
     <t>Чергейко Леонид</t>
   </si>
   <si>
     <t>37-58</t>
   </si>
   <si>
     <t>Изотов Артем</t>
   </si>
   <si>
     <t>42-54</t>
   </si>
   <si>
     <t>Лямин Артем</t>
   </si>
   <si>
     <t>43-15</t>
   </si>
   <si>
     <t>Худенев Александр</t>
   </si>