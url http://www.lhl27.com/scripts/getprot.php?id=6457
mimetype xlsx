--- v0 (2025-12-10)
+++ v1 (2026-02-18)
@@ -204,54 +204,54 @@
   <si>
     <t>13-44</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Пырков Дмитрий</t>
   </si>
   <si>
     <t>43-40</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
   <si>
     <t>Димедович Сергей</t>
   </si>
   <si>
     <t>Керничный Денис</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1853,78 +1853,78 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>98</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>98</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7"/>
       <c r="B38" s="12"/>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>