--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -204,57 +204,57 @@
   <si>
     <t>16:58</t>
   </si>
   <si>
     <t>Карпов Владимир</t>
   </si>
   <si>
     <t>33:22</t>
   </si>
   <si>
     <t>35:22</t>
   </si>
   <si>
     <t>Грошев Арсентий</t>
   </si>
   <si>
     <t>34:50</t>
   </si>
   <si>
     <t>36:50</t>
   </si>
   <si>
     <t>Кушнарев Олег</t>
   </si>
   <si>
+    <t>Шандараев Игорь</t>
+  </si>
+  <si>
+    <t>44:24</t>
+  </si>
+  <si>
     <t>Стреж Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Шандараев Игорь</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Долганин Артем</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
@@ -1853,90 +1853,90 @@
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7" t="s">
         <v>31</v>
       </c>
       <c r="S34" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="O35" s="7">
         <v>81</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>5</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>14</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>17</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>