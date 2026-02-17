--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -198,66 +198,66 @@
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>34:20</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>Хрульков Максим</t>
   </si>
   <si>
     <t>37:09</t>
   </si>
   <si>
     <t>22:00</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>22:30</t>
   </si>
   <si>
+    <t>Тодоровский Артем</t>
+  </si>
+  <si>
+    <t>42:38</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
-    <t>42:38</t>
-[...4 lines deleted...]
-  <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
+    <t>Асямов Эдуард</t>
+  </si>
+  <si>
     <t>Дмитриченко Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Лукьянов Александр</t>
   </si>
   <si>
     <t>Разумовский Александр</t>
   </si>
@@ -1839,86 +1839,86 @@
       </c>
       <c r="O33" s="7">
         <v>79</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O34" s="7">
         <v>4</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>10</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>16</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>