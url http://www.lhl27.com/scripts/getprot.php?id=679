--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -132,114 +132,114 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>28:27</t>
   </si>
   <si>
     <t>33:34</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>39:09</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Баськов Денис</t>
-[...1 lines deleted...]
-  <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Веремеенко Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Спарта»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>42:27</t>
   </si>
   <si>
     <t>20:34</t>
   </si>
   <si>
     <t>24:07</t>
   </si>
   <si>
+    <t>Данилкин Сергей</t>
+  </si>
+  <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Шешнев Дмитрий</t>
+  </si>
+  <si>
+    <t>Зеленский Кирилл</t>
+  </si>
+  <si>
+    <t>Омельченко Александр</t>
+  </si>
+  <si>
+    <t>Телешенко Александр</t>
+  </si>
+  <si>
+    <t>Абросимов Александр</t>
+  </si>
+  <si>
+    <t>Потапенко Дмитрий</t>
+  </si>
+  <si>
     <t>Левицкий Борис</t>
-  </si>
-[...22 lines deleted...]
-    <t>Потапенко Дмитрий</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1159,78 +1159,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>83</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>83</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>88</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1669,277 +1669,277 @@
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O31" s="7">
         <v>98</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>98</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>