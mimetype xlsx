--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -222,54 +222,54 @@
   <si>
     <t>Перкун Алексей</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Боков Дмитрий</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>Нистор Евгений</t>
   </si>
   <si>
     <t>Щебеньков Игорь</t>
   </si>
   <si>
     <t>Чу Вячеслав</t>
   </si>
   <si>
     <t>Слабуха Андрей</t>
   </si>
   <si>
+    <t>Яцюк Виталий</t>
+  </si>
+  <si>
     <t>Чемерис Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яцюк Виталий</t>
   </si>
   <si>
     <t>Федоренко Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>