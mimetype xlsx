--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -219,57 +219,57 @@
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>22:54</t>
   </si>
   <si>
     <t>Михайлов Александр</t>
   </si>
   <si>
     <t>33:46</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>42:22</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
+    <t>Лазутин Юрий</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Баськов Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Веремеенко Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1926,78 +1926,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>83</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>83</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>88</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>