--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -120,54 +120,54 @@
   <si>
     <t>26:10</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>26:43</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>35:34</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Волков Лев</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
+    <t>Калинин Сергей</t>
+  </si>
+  <si>
     <t>Кирпота Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Калинин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
     <t>Шелков Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Альянс»</t>
   </si>