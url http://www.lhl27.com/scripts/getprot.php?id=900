--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -156,105 +156,105 @@
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
+    <t>Третьяков Евгений</t>
+  </si>
+  <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
-    <t>Третьяков Евгений</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Тафгай»</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>00:16</t>
   </si>
   <si>
     <t>26:45</t>
   </si>
   <si>
     <t>28:45</t>
   </si>
   <si>
     <t>Поденков Александр</t>
   </si>
   <si>
     <t>34:10</t>
   </si>
   <si>
     <t>40:21</t>
   </si>
   <si>
     <t>42:21</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>52:21</t>
   </si>
   <si>
+    <t>Ямщиков Дмитрий</t>
+  </si>
+  <si>
+    <t>43:00</t>
+  </si>
+  <si>
+    <t>45:00</t>
+  </si>
+  <si>
     <t>Тодоровский Артем</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Меньшов Олег</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Лукьянов Александр</t>
   </si>
   <si>
     <t>Марченко Кирилл</t>
   </si>
@@ -1331,78 +1331,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>74</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>74</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1793,90 +1793,90 @@
       <c r="P32" s="7">
         <v>10</v>
       </c>
       <c r="Q32" s="7">
         <v>33</v>
       </c>
       <c r="R32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="S32" s="7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>62</v>
       </c>
       <c r="O33" s="7">
         <v>88</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7" t="s">
         <v>62</v>
       </c>
       <c r="S33" s="7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>41</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>