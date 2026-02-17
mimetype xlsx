--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -126,63 +126,63 @@
   <si>
     <t>27:35</t>
   </si>
   <si>
     <t>30:38</t>
   </si>
   <si>
     <t>32:38</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>38:05</t>
   </si>
   <si>
     <t>35:48</t>
   </si>
   <si>
     <t>37:48</t>
   </si>
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Юн Олег</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Третьяков Евгений</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1115,78 +1115,78 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1223,51 +1223,51 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>38</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>61</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1358,51 +1358,51 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>74</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
@@ -1656,100 +1656,100 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K30" s="7">
         <v>61</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O30" s="7">
         <v>25</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>53</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="7">
         <v>32</v>
       </c>
       <c r="L31" s="7">
         <v>20</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O31" s="7">
         <v>79</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
@@ -1832,51 +1832,51 @@
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7" t="s">
         <v>62</v>
       </c>
       <c r="S33" s="7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>41</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1886,51 +1886,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>41</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>42</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1967,51 +1967,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>73</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>79</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2021,51 +2021,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>80</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>84</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>