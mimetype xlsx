--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -201,56 +201,56 @@
   <si>
     <t>41:47</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>41:00</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>42:11</t>
   </si>
   <si>
     <t>44:11</t>
   </si>
   <si>
     <t>Марченко Кирилл</t>
   </si>
   <si>
+    <t>Дюжов Данил</t>
+  </si>
+  <si>
     <t>Разумовский Александр</t>
   </si>
   <si>
-    <t>Дюжов Данил</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>Платов Сергей</t>
   </si>
   <si>
     <t>18:52</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>26:00</t>
@@ -291,54 +291,54 @@
   <si>
     <t>43:27</t>
   </si>
   <si>
     <t>29:39</t>
   </si>
   <si>
     <t>31:39</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Шураков Дмитрий</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>35:42</t>
   </si>
   <si>
     <t>37:42</t>
   </si>
   <si>
+    <t>Журавлев Виталий</t>
+  </si>
+  <si>
     <t>Грейзик Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>43:47</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Рекун Сергей</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -2193,90 +2193,90 @@
       <c r="P37" s="7">
         <v>2</v>
       </c>
       <c r="Q37" s="7">
         <v>5</v>
       </c>
       <c r="R37" s="7" t="s">
         <v>89</v>
       </c>
       <c r="S37" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>28</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>91</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O38" s="7">
         <v>11</v>
       </c>
       <c r="P38" s="7">
         <v>2</v>
       </c>
       <c r="Q38" s="7">
         <v>19</v>
       </c>
       <c r="R38" s="7" t="s">
         <v>52</v>
       </c>
       <c r="S38" s="7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>28</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O39" s="7">
         <v>11</v>
       </c>
       <c r="P39" s="7">
         <v>2</v>
       </c>
       <c r="Q39" s="7">
         <v>9</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>93</v>
       </c>