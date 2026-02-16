--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -156,57 +156,57 @@
   <si>
     <t>Махонин Даниил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>02:25</t>
   </si>
   <si>
     <t>16:04</t>
   </si>
   <si>
     <t>18:04</t>
   </si>
   <si>
+    <t>Бойцов Евгений</t>
+  </si>
+  <si>
+    <t>32:04</t>
+  </si>
+  <si>
     <t>Борисов Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>36:14</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1577,88 +1577,88 @@
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="O30" s="7">
         <v>33</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K31" s="7">
         <v>35</v>
       </c>
       <c r="L31" s="7">
         <v>12</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="7">
         <v>35</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">