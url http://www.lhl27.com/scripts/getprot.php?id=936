--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -138,96 +138,96 @@
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Щукин Павел</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>Нистор Евгений</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Слабуха Андрей</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Чемерис Павел</t>
+  </si>
+  <si>
     <t>Яцюк Виталий</t>
   </si>
   <si>
-    <t>Чемерис Павел</t>
-[...1 lines deleted...]
-  <si>
     <t>Федоренко Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Давыдов Алексей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>32:27</t>
   </si>
   <si>
     <t>34:27</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>22:00</t>
   </si>
   <si>
     <t>Козырев Вячеслав</t>
   </si>
   <si>
+    <t>Кулик Александр</t>
+  </si>
+  <si>
     <t>Чигиринских Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кулик Александр</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Вятский Павел</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
@@ -1703,78 +1703,78 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>22</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>39</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>