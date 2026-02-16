--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -84,57 +84,57 @@
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Кочубей Дмитрий</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Коровин Антон</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Назаров Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>