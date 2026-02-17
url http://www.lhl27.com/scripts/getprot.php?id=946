--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -96,63 +96,63 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Кочубей Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>Стиба Евгений</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Лопухов Егор</t>
-  </si>
-[...10 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Тафгай»</t>
   </si>
   <si>
     <t>Сыроежкин Николай</t>
   </si>
   <si>
     <t>Поденков Александр</t>
   </si>
@@ -966,105 +966,105 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>19</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>61</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1483,78 +1483,78 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>5</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>7</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>9</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
@@ -1564,78 +1564,78 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>42</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1645,51 +1645,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>49</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>70</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>