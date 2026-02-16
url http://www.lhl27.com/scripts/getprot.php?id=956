--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -219,72 +219,72 @@
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>39:39</t>
   </si>
   <si>
     <t>41:39</t>
   </si>
   <si>
     <t>Горнов Владимир</t>
   </si>
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
+    <t>Тучин Иван</t>
+  </si>
+  <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
-    <t>Тучин Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1975,78 +1975,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>24</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>24</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>71</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
@@ -2137,78 +2137,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>85</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>85</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>91</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>