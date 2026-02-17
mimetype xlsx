--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -237,54 +237,54 @@
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2137,78 +2137,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>85</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>85</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>91</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>75</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>