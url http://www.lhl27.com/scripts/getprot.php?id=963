--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -147,57 +147,57 @@
   <si>
     <t>Загребаев Алексей</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44:59</t>
   </si>
   <si>
     <t>38:27</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Рудичев Сергей</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Соловьев Роман</t>
   </si>
   <si>
+    <t>Богач Владислав</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Карачун Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Калин Игорь</t>
   </si>
   <si>
     <t>Понкратьев Павел</t>
   </si>
   <si>
     <t>Кондратюк Игорь</t>
   </si>
   <si>
     <t>Цёмка Евгений</t>
   </si>
   <si>
     <t>Роденков Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1265,78 +1265,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>38</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>41</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1346,51 +1346,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>73</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>77</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>